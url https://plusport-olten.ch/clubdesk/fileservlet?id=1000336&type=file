--- v0 (2026-02-05)
+++ v1 (2026-03-23)
@@ -3,100 +3,100 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pemil\Documents\Daten_Probst\B_Verein\PluSport_Region_Olten\Buchhaltung\Abrechnung\Abrechnung_2021-2030\Abrechnung_2026_PluSport_Region_Olten\Buchhaltung\Anlaesse\GV\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{CB1994A9-754D-453F-8526-E4EFC8FEE3F3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A313189D-CD12-493F-83FD-B16374A36665}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Anmeldung" sheetId="1" r:id="rId1"/>
     <sheet name="Zettel" sheetId="5" r:id="rId2"/>
     <sheet name="Dropfelder" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Anmeldung!$A$2:$F$80</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E2" i="1" l="1"/>
   <c r="D2" i="1"/>
   <c r="C2" i="1"/>
   <c r="C1" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="391" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="417" uniqueCount="172">
   <si>
     <t>Nachname</t>
   </si>
   <si>
     <t>Vorname</t>
   </si>
   <si>
     <t>Bemerkung</t>
   </si>
   <si>
     <t>Ama</t>
   </si>
   <si>
     <t>Elliott</t>
   </si>
   <si>
     <t>Bagréaux</t>
   </si>
   <si>
     <t>Nicole</t>
   </si>
   <si>
     <t>Bal</t>
   </si>
   <si>
@@ -1523,149 +1523,157 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="2" ySplit="2" topLeftCell="C30" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="2" topLeftCell="C3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
-      <selection pane="bottomRight" activeCell="D40" sqref="D40"/>
+      <selection pane="bottomRight" activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="16.375" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.625" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.375" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="5" width="14.375" style="3" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="12.25" style="2" bestFit="1" customWidth="1"/>
     <col min="7" max="16384" width="11" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="24" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="24" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="26" t="str">
         <f>"Anmeldungen: "&amp;COUNTIF(C3:C78,"ja")</f>
-        <v>Anmeldungen: 23</v>
+        <v>Anmeldungen: 34</v>
       </c>
       <c r="D1" s="27"/>
       <c r="E1" s="28"/>
       <c r="F1" s="24" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:6" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="25"/>
       <c r="B2" s="25"/>
       <c r="C2" s="7" t="str">
         <f>"Teilnahme: "&amp;COUNTIF(C3:C83,"ja")</f>
-        <v>Teilnahme: 23</v>
+        <v>Teilnahme: 34</v>
       </c>
       <c r="D2" s="8" t="str">
         <f>"Menu 1: "&amp;COUNTIF(D3:D83,"ja")</f>
-        <v>Menu 1: 22</v>
+        <v>Menu 1: 32</v>
       </c>
       <c r="E2" s="9" t="str">
         <f>"Menu 2: "&amp;COUNTIF(E3:E83,"ja")</f>
-        <v>Menu 2: 1</v>
+        <v>Menu 2: 2</v>
       </c>
       <c r="F2" s="25"/>
     </row>
     <row r="3" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="4" t="s">
         <v>148</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>149</v>
       </c>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="10"/>
     </row>
     <row r="4" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="C4" s="5"/>
-      <c r="D4" s="5"/>
+      <c r="C4" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>123</v>
+      </c>
       <c r="E4" s="5"/>
       <c r="F4" s="10"/>
     </row>
     <row r="5" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>123</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>123</v>
       </c>
       <c r="E5" s="5"/>
       <c r="F5" s="10"/>
     </row>
     <row r="6" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C6" s="5"/>
-      <c r="D6" s="5"/>
+      <c r="C6" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>123</v>
+      </c>
       <c r="E6" s="5"/>
       <c r="F6" s="10"/>
     </row>
     <row r="7" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>123</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>123</v>
       </c>
       <c r="E7" s="5"/>
       <c r="F7" s="4"/>
     </row>
     <row r="8" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>11</v>
@@ -1732,52 +1740,56 @@
       </c>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="5"/>
       <c r="F12" s="10"/>
     </row>
     <row r="13" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>111</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>112</v>
       </c>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="10"/>
     </row>
     <row r="14" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="C14" s="5"/>
-      <c r="D14" s="5"/>
+      <c r="C14" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>123</v>
+      </c>
       <c r="E14" s="5"/>
       <c r="F14" s="10"/>
     </row>
     <row r="15" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="10"/>
     </row>
     <row r="16" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
@@ -1864,63 +1876,67 @@
       <c r="D22" s="5" t="s">
         <v>123</v>
       </c>
       <c r="E22" s="5"/>
       <c r="F22" s="10"/>
     </row>
     <row r="23" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>35</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>36</v>
       </c>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
       <c r="E23" s="5"/>
       <c r="F23" s="10"/>
     </row>
     <row r="24" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
         <v>113</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="C24" s="5"/>
+      <c r="C24" s="5" t="s">
+        <v>133</v>
+      </c>
       <c r="D24" s="5"/>
       <c r="E24" s="5"/>
       <c r="F24" s="15"/>
     </row>
     <row r="25" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>38</v>
       </c>
-      <c r="C25" s="5"/>
+      <c r="C25" s="5" t="s">
+        <v>133</v>
+      </c>
       <c r="D25" s="5"/>
       <c r="E25" s="5"/>
       <c r="F25" s="10" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="26" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="4" t="s">
         <v>114</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>115</v>
       </c>
       <c r="C26" s="5"/>
       <c r="D26" s="5"/>
       <c r="E26" s="5"/>
       <c r="F26" s="15"/>
     </row>
     <row r="27" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>40</v>
       </c>
@@ -1998,64 +2014,72 @@
       </c>
       <c r="C32" s="5"/>
       <c r="D32" s="5"/>
       <c r="E32" s="5"/>
       <c r="F32" s="10"/>
     </row>
     <row r="33" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>50</v>
       </c>
       <c r="C33" s="5"/>
       <c r="D33" s="5"/>
       <c r="E33" s="5"/>
       <c r="F33" s="10"/>
     </row>
     <row r="34" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>153</v>
       </c>
-      <c r="C34" s="5"/>
-      <c r="D34" s="5"/>
+      <c r="C34" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>123</v>
+      </c>
       <c r="E34" s="5"/>
       <c r="F34" s="10"/>
     </row>
     <row r="35" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>154</v>
       </c>
-      <c r="C35" s="5"/>
-      <c r="D35" s="5"/>
+      <c r="C35" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>123</v>
+      </c>
       <c r="E35" s="5"/>
       <c r="F35" s="10" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="4" t="s">
         <v>155</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>156</v>
       </c>
       <c r="C36" s="5"/>
       <c r="D36" s="5"/>
       <c r="E36" s="5"/>
       <c r="F36" s="10"/>
     </row>
     <row r="37" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
         <v>56</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>57</v>
       </c>
       <c r="C37" s="5"/>
@@ -2100,106 +2124,116 @@
       <c r="F40" s="10"/>
     </row>
     <row r="41" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>171</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>63</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>123</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>123</v>
       </c>
       <c r="E41" s="5"/>
       <c r="F41" s="10"/>
     </row>
     <row r="42" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="11" t="s">
         <v>136</v>
       </c>
       <c r="B42" s="11" t="s">
         <v>170</v>
       </c>
-      <c r="C42" s="12"/>
+      <c r="C42" s="12" t="s">
+        <v>133</v>
+      </c>
       <c r="D42" s="12"/>
       <c r="E42" s="12"/>
       <c r="F42" s="11" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="43" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
         <v>118</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>119</v>
       </c>
-      <c r="C43" s="5"/>
-      <c r="D43" s="5"/>
+      <c r="C43" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>123</v>
+      </c>
       <c r="E43" s="5"/>
       <c r="F43" s="10"/>
     </row>
     <row r="44" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="4" t="s">
         <v>64</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>65</v>
       </c>
       <c r="C44" s="12" t="s">
         <v>123</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>123</v>
       </c>
       <c r="E44" s="5"/>
       <c r="F44" s="10"/>
     </row>
     <row r="45" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="11" t="s">
         <v>158</v>
       </c>
       <c r="B45" s="11" t="s">
         <v>159</v>
       </c>
       <c r="C45" s="12"/>
       <c r="D45" s="12"/>
       <c r="E45" s="12"/>
       <c r="F45" s="11"/>
     </row>
     <row r="46" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
         <v>66</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="C46" s="5"/>
-      <c r="D46" s="5"/>
+      <c r="C46" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>123</v>
+      </c>
       <c r="E46" s="5"/>
       <c r="F46" s="10"/>
     </row>
     <row r="47" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="4" t="s">
         <v>68</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>69</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>123</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>123</v>
       </c>
       <c r="E47" s="5"/>
       <c r="F47" s="10"/>
     </row>
     <row r="48" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
         <v>70</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>71</v>
@@ -2208,70 +2242,70 @@
         <v>123</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>123</v>
       </c>
       <c r="E48" s="5"/>
       <c r="F48" s="10"/>
     </row>
     <row r="49" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>72</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>73</v>
       </c>
       <c r="C49" s="5"/>
       <c r="D49" s="5"/>
       <c r="E49" s="5"/>
       <c r="F49" s="10"/>
     </row>
     <row r="50" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="4" t="s">
         <v>74</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="D50" s="5"/>
+        <v>12</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>123</v>
+      </c>
       <c r="E50" s="5"/>
       <c r="F50" s="10"/>
     </row>
     <row r="51" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
         <v>74</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>12</v>
-[...6 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="C51" s="5"/>
+      <c r="D51" s="5"/>
       <c r="E51" s="5"/>
       <c r="F51" s="10"/>
     </row>
     <row r="52" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="4" t="s">
         <v>76</v>
       </c>
       <c r="B52" s="4" t="s">
         <v>77</v>
       </c>
       <c r="C52" s="5"/>
       <c r="D52" s="5"/>
       <c r="E52" s="5"/>
       <c r="F52" s="10"/>
     </row>
     <row r="53" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="4" t="s">
         <v>79</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>80</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>123</v>
       </c>
@@ -2282,52 +2316,56 @@
       <c r="F53" s="10"/>
     </row>
     <row r="54" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B54" s="4" t="s">
         <v>121</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>123</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>123</v>
       </c>
       <c r="E54" s="5"/>
       <c r="F54" s="10"/>
     </row>
     <row r="55" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>138</v>
       </c>
-      <c r="C55" s="5"/>
-      <c r="D55" s="5"/>
+      <c r="C55" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>123</v>
+      </c>
       <c r="E55" s="5"/>
       <c r="F55" s="10"/>
     </row>
     <row r="56" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="11" t="s">
         <v>81</v>
       </c>
       <c r="B56" s="11" t="s">
         <v>82</v>
       </c>
       <c r="C56" s="12"/>
       <c r="D56" s="12"/>
       <c r="E56" s="12"/>
       <c r="F56" s="11"/>
     </row>
     <row r="57" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="4" t="s">
         <v>143</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>144</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>123</v>
       </c>
@@ -2425,55 +2463,53 @@
       <c r="C64" s="12"/>
       <c r="D64" s="12"/>
       <c r="E64" s="12"/>
       <c r="F64" s="11"/>
     </row>
     <row r="65" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
         <v>91</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>92</v>
       </c>
       <c r="C65" s="5"/>
       <c r="D65" s="5"/>
       <c r="E65" s="5"/>
       <c r="F65" s="10"/>
     </row>
     <row r="66" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="11" t="s">
         <v>93</v>
       </c>
       <c r="B66" s="11" t="s">
         <v>73</v>
       </c>
       <c r="C66" s="12" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="D66" s="12"/>
       <c r="E66" s="12"/>
       <c r="F66" s="13"/>
     </row>
     <row r="67" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
         <v>94</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>95</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>123</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>123</v>
       </c>
       <c r="E67" s="5"/>
       <c r="F67" s="10"/>
     </row>
     <row r="68" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
         <v>162</v>
       </c>
       <c r="B68" s="4" t="s">
         <v>163</v>
@@ -2498,146 +2534,162 @@
       </c>
     </row>
     <row r="70" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B70" s="4" t="s">
         <v>63</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>123</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>123</v>
       </c>
       <c r="E70" s="5"/>
       <c r="F70" s="10"/>
     </row>
     <row r="71" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="11" t="s">
         <v>139</v>
       </c>
       <c r="B71" s="11" t="s">
         <v>140</v>
       </c>
-      <c r="C71" s="12"/>
-      <c r="D71" s="12"/>
+      <c r="C71" s="12" t="s">
+        <v>123</v>
+      </c>
+      <c r="D71" s="12" t="s">
+        <v>123</v>
+      </c>
       <c r="E71" s="12"/>
       <c r="F71" s="11" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="72" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
         <v>97</v>
       </c>
       <c r="B72" s="4" t="s">
         <v>98</v>
       </c>
       <c r="C72" s="5"/>
       <c r="D72" s="5"/>
       <c r="E72" s="5"/>
       <c r="F72" s="10"/>
     </row>
     <row r="73" spans="1:6" s="6" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
         <v>99</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>123</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>123</v>
       </c>
       <c r="E73" s="5"/>
       <c r="F73" s="10"/>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A74" s="4" t="s">
         <v>104</v>
       </c>
       <c r="B74" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="C74" s="5"/>
-      <c r="D74" s="5"/>
+      <c r="C74" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>123</v>
+      </c>
       <c r="E74" s="5"/>
       <c r="F74" s="10" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="75" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A75" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="C75" s="5"/>
+      <c r="C75" s="5" t="s">
+        <v>123</v>
+      </c>
       <c r="D75" s="5"/>
-      <c r="E75" s="5"/>
+      <c r="E75" s="5" t="s">
+        <v>123</v>
+      </c>
       <c r="F75" s="10"/>
     </row>
     <row r="76" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A76" s="11" t="s">
         <v>108</v>
       </c>
       <c r="B76" s="11" t="s">
         <v>109</v>
       </c>
       <c r="C76" s="12"/>
       <c r="D76" s="12"/>
       <c r="E76" s="12"/>
       <c r="F76" s="11" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="77" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A77" s="4" t="s">
         <v>165</v>
       </c>
       <c r="B77" s="4" t="s">
         <v>44</v>
       </c>
       <c r="C77" s="5"/>
       <c r="D77" s="5"/>
       <c r="E77" s="5"/>
       <c r="F77" s="10"/>
     </row>
     <row r="78" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="4" t="s">
         <v>166</v>
       </c>
       <c r="B78" s="4" t="s">
         <v>167</v>
       </c>
-      <c r="C78" s="5"/>
-      <c r="D78" s="5"/>
+      <c r="C78" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>123</v>
+      </c>
       <c r="E78" s="5"/>
       <c r="F78" s="10"/>
     </row>
     <row r="79" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A79" s="11" t="s">
         <v>168</v>
       </c>
       <c r="B79" s="11" t="s">
         <v>169</v>
       </c>
       <c r="C79" s="5"/>
       <c r="D79" s="12"/>
       <c r="E79" s="12"/>
       <c r="F79" s="11"/>
     </row>
     <row r="80" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A80" s="11" t="s">
         <v>110</v>
       </c>
       <c r="B80" s="11" t="s">
         <v>103</v>
       </c>
       <c r="C80" s="12" t="s">
         <v>133</v>
       </c>
@@ -2696,73 +2748,73 @@
   </conditionalFormatting>
   <conditionalFormatting sqref="D3:D78">
     <cfRule type="containsText" dxfId="12" priority="11" operator="containsText" text="ja">
       <formula>NOT(ISERROR(SEARCH("ja",D3)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E3:E78">
     <cfRule type="containsText" dxfId="11" priority="10" operator="containsText" text="ja">
       <formula>NOT(ISERROR(SEARCH("ja",E3)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Eingabefehler" error="Falsche Eingabe" sqref="D78:E78 D3:E75" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>"ja"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="58" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Arial,Fett"&amp;20Anmeldungen Generalversammlung 2026, PluSport Region Olten&amp;R&amp;D</oddHeader>
     <oddFooter>&amp;L&amp;8Paul Probst&amp;CSeite: &amp;P/&amp;N&amp;R&amp;8&amp;F</oddFooter>
   </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="4">
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Eingabefehler" prompt="Falsche Eingabe" xr:uid="{00000000-0002-0000-0000-000002000000}">
-[...4 lines deleted...]
-        </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{A5B3D56D-A366-4E20-880F-CA4F79588154}">
           <x14:formula1>
             <xm:f>Dropfelder!$A$1:$A$3</xm:f>
           </x14:formula1>
           <xm:sqref>C79:C80</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{7EA931D1-54BD-4470-9B0A-FFEC6790A017}">
           <x14:formula1>
             <xm:f>Dropfelder!$A$1:$A$2</xm:f>
           </x14:formula1>
           <xm:sqref>E79:E80</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{657B02B8-0D0E-4F1F-BB81-8EAA7C33A26B}">
           <x14:formula1>
             <xm:f>Dropfelder!$A$1</xm:f>
           </x14:formula1>
           <xm:sqref>D77 D79:D80</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Eingabefehler" prompt="Falsche Eingabe" xr:uid="{00000000-0002-0000-0000-000002000000}">
+          <x14:formula1>
+            <xm:f>Dropfelder!$A$1:$A$3</xm:f>
+          </x14:formula1>
+          <xm:sqref>C3:C78</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:C63"/>
   <sheetViews>
     <sheetView topLeftCell="A40" workbookViewId="0">
       <selection activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="32.875" style="20" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.625" style="20" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="35" style="18" customWidth="1"/>
     <col min="4" max="16384" width="11" style="14"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="19" t="s">